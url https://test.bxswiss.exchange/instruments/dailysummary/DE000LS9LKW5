--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3f32755900473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb62445f696749d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad363979eb2749bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484f668bff744d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129fc901565d46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad363979eb2749bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a610aa63e94c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484f668bff744d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,121</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>