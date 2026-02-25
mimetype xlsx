--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb62445f696749d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4a4a8fcb4d4e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484f668bff744d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e9d5637294247f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a610aa63e94c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484f668bff744d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8320c4c81e2d4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e9d5637294247f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,288</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>127,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>