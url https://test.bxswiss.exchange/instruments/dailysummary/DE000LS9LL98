--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b187b73521d4d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575f3c087be64e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a75715296054e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb834cd9882b48dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43975a4e4e9f41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a75715296054e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68177dc7aa94b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb834cd9882b48dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aufbau-Ost 2017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>105,754</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>