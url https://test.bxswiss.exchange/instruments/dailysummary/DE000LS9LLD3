--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35d70cc61a347bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2e833ee014488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9bc52d188d445ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae909593732549eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25318b46d1d4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9bc52d188d445ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4bdedd415b24c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae909593732549eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>110,425</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,774</x:t>
-[...549 lines deleted...]
-          <x:t>113,606</x:t>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>