--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0567cc718a634743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2591eae15ccf4464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f11dc6ada3a4395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fb26d705b340ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f936bb12d24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f11dc6ada3a4395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b7789a7f4e4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fb26d705b340ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High potential worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>245,441</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>