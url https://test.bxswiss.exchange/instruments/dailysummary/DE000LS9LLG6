--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2591eae15ccf4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8e2f79bd6b427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fb26d705b340ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d19ac97ab14c44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b7789a7f4e4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fb26d705b340ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c5dd2fbd184c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d19ac97ab14c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High potential worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>