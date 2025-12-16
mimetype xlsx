--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9051226f604a4dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40f0434af724092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5070bccb71274280"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa3a184788994686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2271bc9b8d3a4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5070bccb71274280" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f047b96cc27442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa3a184788994686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...411 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>283,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>