--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40f0434af724092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e9e6338e984127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa3a184788994686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa15d294dc0478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f047b96cc27442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa3a184788994686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0f86399265f4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa15d294dc0478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>274,660</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>275,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>