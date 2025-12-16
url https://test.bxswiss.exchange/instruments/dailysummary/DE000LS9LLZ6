--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf78d2ea1dd4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c59cea79d7466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1ea4ea73564561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0105d665d574546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e0ac8dae304f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1ea4ea73564561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1654fc59e38f4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0105d665d574546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,758</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>