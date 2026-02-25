--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c59cea79d7466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd2f25b0f85483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0105d665d574546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96370dc8695c4f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1654fc59e38f4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0105d665d574546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc97256f3b894223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96370dc8695c4f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>