--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042ffd2e1f5d4db1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2174ad16dda44baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7011fce94dc54459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f935fbe809848ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15892d51e684376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7011fce94dc54459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa69a4450a54b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f935fbe809848ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LM06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,444</x:t>
-[...549 lines deleted...]
-          <x:t>78,709</x:t>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>