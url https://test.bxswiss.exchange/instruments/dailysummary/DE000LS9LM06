--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2174ad16dda44baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada958fbe761442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f935fbe809848ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ea6d5a0b054ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa69a4450a54b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f935fbe809848ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b2a105807a4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ea6d5a0b054ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LM06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,476</x:t>
-[...414 lines deleted...]
-          <x:t>77,686</x:t>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>