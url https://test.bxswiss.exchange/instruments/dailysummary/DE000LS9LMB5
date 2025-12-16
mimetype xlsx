--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a732f95bc024f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd53224456b474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604414c82c6c4de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85afaca7e3d14453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fd55b6471e4baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604414c82c6c4de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c83bc79d037425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85afaca7e3d14453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>82,362</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>82,654</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>