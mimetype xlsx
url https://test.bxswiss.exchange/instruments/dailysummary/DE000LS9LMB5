--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd53224456b474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe756553a26642b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85afaca7e3d14453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83fd6c1f7b546ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c83bc79d037425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85afaca7e3d14453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aebd67df904431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83fd6c1f7b546ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,043</x:t>
-[...468 lines deleted...]
-          <x:t>82,444</x:t>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>