--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8288c5b9150d456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a0dffbf3b54beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51ce34036f224862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88480da22e74328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6844b15ff9ae430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51ce34036f224862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96092f5ca6fc4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88480da22e74328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jahres-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,555</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>