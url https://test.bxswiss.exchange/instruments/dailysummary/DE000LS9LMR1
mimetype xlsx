--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901d0d9b98554318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f96e4368c54ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1600ed2851624830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62b797f69084221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50c88077cc346de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1600ed2851624830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f05c638d705403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62b797f69084221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>flexhelp A  Krisen &amp; Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>391,636</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>