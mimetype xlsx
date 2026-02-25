--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f96e4368c54ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751812fc45574604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62b797f69084221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eccfaa749f44bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f05c638d705403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62b797f69084221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0debafec6721446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eccfaa749f44bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>flexhelp A  Krisen &amp; Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>