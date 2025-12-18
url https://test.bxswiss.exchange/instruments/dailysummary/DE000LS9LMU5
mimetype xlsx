--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c459ec0a57a4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66c9fa9504a41a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6347fde971479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebdafc5d19e4fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f53252fc23a49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6347fde971479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3fc211ce1e4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebdafc5d19e4fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Plattformen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>360,210</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>