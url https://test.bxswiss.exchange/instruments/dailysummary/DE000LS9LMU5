--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66c9fa9504a41a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeea66a201a14053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebdafc5d19e4fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R544368e1b73a4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3fc211ce1e4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebdafc5d19e4fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaac83e84d894505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R544368e1b73a4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Plattformen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>