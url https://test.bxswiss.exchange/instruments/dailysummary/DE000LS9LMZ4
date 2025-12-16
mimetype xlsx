--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f04dd072ec84ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d451f5fd3b14498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418f7339b2b74067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b51c04cccb84c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07e8b824123443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418f7339b2b74067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fab6e023a2d4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b51c04cccb84c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,773</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>