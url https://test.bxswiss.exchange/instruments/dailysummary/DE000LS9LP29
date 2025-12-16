--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c832aa74bb4cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d0f3253d284b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe901bc7591f4112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7b4aaf955744ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd314db4e69ca4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe901bc7591f4112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R991eaf1f1c40418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7b4aaf955744ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>267,230</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>