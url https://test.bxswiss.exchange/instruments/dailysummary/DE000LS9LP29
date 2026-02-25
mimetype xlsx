--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d0f3253d284b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5fc69542a94a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7b4aaf955744ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94476658f95437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R991eaf1f1c40418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7b4aaf955744ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfab77917aab4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94476658f95437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>283,979</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>282,217</x:t>
-[...134 lines deleted...]
-          <x:t>282,459</x:t>
+          <x:t>279,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>