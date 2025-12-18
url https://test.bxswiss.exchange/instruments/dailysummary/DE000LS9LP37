--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff360368e40c4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c682bab17194318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e28c5e2013445e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13206ce0ddec4e92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a61214e93e4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e28c5e2013445e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e57105f683c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13206ce0ddec4e92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,355</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>