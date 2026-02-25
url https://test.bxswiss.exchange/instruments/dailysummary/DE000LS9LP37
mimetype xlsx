--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c682bab17194318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ca8b6a11334d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13206ce0ddec4e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R873b6320d6dc46b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e57105f683c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13206ce0ddec4e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d6ca25d7894297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R873b6320d6dc46b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>118,357</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,096</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>119,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>