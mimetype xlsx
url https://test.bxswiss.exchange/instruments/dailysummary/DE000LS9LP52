--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07088b6361464e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda62e305ccf48fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91c9354196b43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d66ff034a64436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312a6dcf40254eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91c9354196b43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb3bfae3a1b4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d66ff034a64436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>138,119</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>