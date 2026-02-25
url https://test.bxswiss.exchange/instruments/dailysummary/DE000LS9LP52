--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda62e305ccf48fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44af561aaca44e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d66ff034a64436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6125b9fe6e81413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb3bfae3a1b4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d66ff034a64436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2f7b6899e142d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6125b9fe6e81413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>