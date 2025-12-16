--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a56305caa14a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c55531accc342fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2c30652c292442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8427ab0ab14002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31a7464f61944e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2c30652c292442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c067212bcc64cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8427ab0ab14002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>David gegen Goliath - nur Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LPV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>162,283</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>