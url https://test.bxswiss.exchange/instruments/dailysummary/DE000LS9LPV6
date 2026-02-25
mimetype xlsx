--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c55531accc342fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0841f046f7e641d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8427ab0ab14002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R991aaa0e5c3343aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c067212bcc64cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8427ab0ab14002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cfdebc3474d4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R991aaa0e5c3343aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>David gegen Goliath - nur Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LPV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>161,982</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>161,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>