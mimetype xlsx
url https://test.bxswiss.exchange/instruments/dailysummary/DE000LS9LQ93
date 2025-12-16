--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34360c37aef74f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd11093ede6746b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef587dc2f8441b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14bd83086ff14f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d5e55db50e84ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef587dc2f8441b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35308186aef94f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14bd83086ff14f09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQ93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>302,761</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>