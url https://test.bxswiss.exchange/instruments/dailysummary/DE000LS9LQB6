--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47f2826a30d4bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f5130f014f74a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82dab44af3e46e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62cba5e26de742fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b05d892b8444fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82dab44af3e46e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1621c678c46649c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62cba5e26de742fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,781</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>