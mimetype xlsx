--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f5130f014f74a17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4a53ea9b094452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62cba5e26de742fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb638131f5644e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1621c678c46649c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62cba5e26de742fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929b4b88fd6d49e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb638131f5644e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>105,418</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>