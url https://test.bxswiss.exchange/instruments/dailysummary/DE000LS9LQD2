--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c35b9af74414317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6634204564094826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e7faf756414c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref258c25dd5a4d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211bb355f30e4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e7faf756414c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabdb54636c194839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref258c25dd5a4d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>153,182</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,508</x:t>
-[...36 lines deleted...]
-          <x:t>155,919</x:t>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>