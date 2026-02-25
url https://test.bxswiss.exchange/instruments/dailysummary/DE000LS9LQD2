--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6634204564094826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4831cabcde74a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref258c25dd5a4d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6945b72a47c148de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabdb54636c194839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref258c25dd5a4d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a71f2b2dc3d47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6945b72a47c148de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>