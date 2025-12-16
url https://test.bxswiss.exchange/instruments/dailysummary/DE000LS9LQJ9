--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bc771561b24a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85de5c0c53134898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125d84fc45264d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5094c6fa7dfc4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a4f1481ae45438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125d84fc45264d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7d03dd19d94b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5094c6fa7dfc4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>107,558</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>