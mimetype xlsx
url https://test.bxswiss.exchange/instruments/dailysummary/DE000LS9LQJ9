--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85de5c0c53134898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3049415338d94c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5094c6fa7dfc4bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f346e5ef0b2456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7d03dd19d94b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5094c6fa7dfc4bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530352560ec94383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f346e5ef0b2456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>98,956</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>98,729</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>