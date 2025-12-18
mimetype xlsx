--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54490869fad453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca6ef2ea2f64e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9544c5b15c16401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36439a6945ec44d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6350ee97acd4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9544c5b15c16401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb5fe4e80b8041ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36439a6945ec44d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>20,011</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>