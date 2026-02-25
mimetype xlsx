--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca6ef2ea2f64e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bcbc3c8cab4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36439a6945ec44d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb72736c4ba4dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb5fe4e80b8041ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36439a6945ec44d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d5479b5f54f4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb72736c4ba4dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>15,836</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,592</x:t>
-[...404 lines deleted...]
-          <x:t>15,555</x:t>
+          <x:t>15,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>