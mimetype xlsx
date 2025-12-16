--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f80b8b41f0d4fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c49cb102e24c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28cec995f1546d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19f4afd5d0043f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra933b0bd5d8c41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28cec995f1546d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R280531037ce644ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19f4afd5d0043f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>146,448</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>