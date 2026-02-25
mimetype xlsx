--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c49cb102e24c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032825d125f548b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19f4afd5d0043f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra75f45caeb684d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R280531037ce644ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19f4afd5d0043f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R534da27d234e453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra75f45caeb684d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>