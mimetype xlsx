--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa0dbb9c0294b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac5354014824830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1aa86597ddc4e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec4fed732104eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3ebdffbbed4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1aa86597ddc4e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radabbef5f8474bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec4fed732104eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>140,052</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,726</x:t>
-[...9 lines deleted...]
-          <x:t>143,367</x:t>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>