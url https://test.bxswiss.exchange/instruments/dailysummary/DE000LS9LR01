--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac5354014824830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20a1414c84834224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec4fed732104eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3356e5a8252f4b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radabbef5f8474bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec4fed732104eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6fbc346ed5742eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3356e5a8252f4b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>