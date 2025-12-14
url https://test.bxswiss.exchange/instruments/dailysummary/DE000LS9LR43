--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re579499ed6dc4616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8777cc51fd44af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58712924d436457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056afa1969ce4665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b72a83336724dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58712924d436457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36eb880f91f94bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056afa1969ce4665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>117,454</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>