--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8777cc51fd44af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3511cd8ed544fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056afa1969ce4665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f2c2641ee4f467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36eb880f91f94bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056afa1969ce4665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d7741df311445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f2c2641ee4f467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,964</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>