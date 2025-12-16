--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fbf8866de14471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df9c096fbed4b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee3f505c7ae4065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfaefaa0449f4df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0601f5d51a924417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee3f505c7ae4065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0b256bbcd34b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfaefaa0449f4df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>195,724</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>198,309</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>