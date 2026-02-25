--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df9c096fbed4b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9948135566754e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfaefaa0449f4df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50a08478a2b4e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0b256bbcd34b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfaefaa0449f4df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c36caee8cb4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50a08478a2b4e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>