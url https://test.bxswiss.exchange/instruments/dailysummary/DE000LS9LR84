--- v0 (2025-10-03)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d9cabb00044f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8dba51139bd4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31298e0478144f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4267c485eb2d48a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7cbd194cc44414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31298e0478144f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71519b25d6145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4267c485eb2d48a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>335,639</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>