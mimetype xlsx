--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f5a54b1a4fd46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra762141af23f40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3918fb8148f54d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517bfbb60521434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091abecb29704621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3918fb8148f54d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556a6bc024674786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517bfbb60521434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>67,929</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,826</x:t>
-[...355 lines deleted...]
-          <x:t>68,095</x:t>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>