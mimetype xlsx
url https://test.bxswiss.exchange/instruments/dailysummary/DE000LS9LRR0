--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra762141af23f40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11736aeef7e04442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517bfbb60521434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb184b30a37947a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556a6bc024674786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517bfbb60521434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5d3b24b8ab43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb184b30a37947a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>67,246</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>68,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>67,948</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>