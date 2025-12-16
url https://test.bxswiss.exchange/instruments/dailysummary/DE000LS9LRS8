--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302b5a8f818540b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a581608c4224c41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2fd588219c4ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52c02d08ace4f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295d9be3d1f34ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2fd588219c4ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc285a426935e4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52c02d08ace4f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>156,433</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,602</x:t>
-[...463 lines deleted...]
-          <x:t>156,801</x:t>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>