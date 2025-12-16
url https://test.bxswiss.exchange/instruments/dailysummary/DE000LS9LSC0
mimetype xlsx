--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e34081359da4108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0064c798636c4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d945ce56c4f4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d4dce55b1a4f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3df101a89694475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d945ce56c4f4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d8392a5ea140c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d4dce55b1a4f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>115,400</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,314</x:t>
-[...161 lines deleted...]
-          <x:t>115,054</x:t>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,422</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>117,969</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>