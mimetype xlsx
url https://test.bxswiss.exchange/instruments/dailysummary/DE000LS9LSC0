--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0064c798636c4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07dce6dafb94947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d4dce55b1a4f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ad5bc1e7e8459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d8392a5ea140c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d4dce55b1a4f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea233073533e4f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ad5bc1e7e8459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>