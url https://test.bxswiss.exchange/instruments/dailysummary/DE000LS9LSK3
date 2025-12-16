--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdafbae3d6dc4090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d863f8233d645e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67bde482cb0f4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9629955c6ace432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968a4f718e0645ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67bde482cb0f4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcf6905e63e4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9629955c6ace432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>276,345</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>