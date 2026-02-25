--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d863f8233d645e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1c94ec1b16478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9629955c6ace432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edc068d327a4cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcf6905e63e4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9629955c6ace432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bda1eaa14a04a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edc068d327a4cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>