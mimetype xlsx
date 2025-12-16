--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660b16a9b1d2490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a0e0eee0ce4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c71b6c7a58460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c906c1ad4d146a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e17d383675340ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c71b6c7a58460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e04e0c31834dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c906c1ad4d146a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>328,343</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>