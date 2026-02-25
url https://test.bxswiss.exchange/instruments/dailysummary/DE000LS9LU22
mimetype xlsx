--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a0e0eee0ce4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f571d05e754801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c906c1ad4d146a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca0dde295dcd4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e04e0c31834dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c906c1ad4d146a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22e29f27ae8743cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca0dde295dcd4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>