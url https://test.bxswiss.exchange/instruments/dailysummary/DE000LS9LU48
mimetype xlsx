--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb87737e7cca43d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5339e6541f2a48f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed807836add4439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6845c35ce104a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b003808f7148f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed807836add4439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fc4d3494814d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6845c35ce104a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth Investing Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,215</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>