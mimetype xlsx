--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5339e6541f2a48f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60b532a1614c44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6845c35ce104a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfbd8d1a792412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fc4d3494814d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6845c35ce104a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb88831c0a1040ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfbd8d1a792412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth Investing Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>152,796</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,628</x:t>
-[...58 lines deleted...]
-          <x:t>155,283</x:t>
+          <x:t>156,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>