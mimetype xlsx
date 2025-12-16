--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085d7555076b4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265eb1b1e9ae4a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde29550bb56c4896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e3e777ce2b46c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b89d252e5194de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde29550bb56c4896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531b2fc9c8004157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e3e777ce2b46c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,751</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>92,098</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>