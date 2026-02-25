--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265eb1b1e9ae4a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474700c29452423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e3e777ce2b46c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ca2ceee0144c0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531b2fc9c8004157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e3e777ce2b46c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d091a64006416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ca2ceee0144c0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>