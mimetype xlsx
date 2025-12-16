--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2945a1d9163e47c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fcbe61d92fd4cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3224dea800d4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91aeaf7e2354246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25de0eae453f40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3224dea800d4b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc91cdc69fc43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91aeaf7e2354246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Insidern folgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,401</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>