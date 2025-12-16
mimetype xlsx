--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4352e115a3304bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55f5e93a3f64e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519c08f5981c4d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a626c21c89491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63af03bd97e4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519c08f5981c4d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d8f0bc62e4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a626c21c89491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>260,887</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>