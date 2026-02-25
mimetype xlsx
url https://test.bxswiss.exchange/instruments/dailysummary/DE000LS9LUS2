--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55f5e93a3f64e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca13038fd66b415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a626c21c89491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2df007bfc444828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d8f0bc62e4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a626c21c89491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b26aa671da4201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2df007bfc444828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>