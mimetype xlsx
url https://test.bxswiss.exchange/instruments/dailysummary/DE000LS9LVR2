--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42ed9c4b4f4c4f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2acd410a6d56473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1cb028aa6d4357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f0492657b0f490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae57157007ab492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1cb028aa6d4357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459631565d5542b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f0492657b0f490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>230,117</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>