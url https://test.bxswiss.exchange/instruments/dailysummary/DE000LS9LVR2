--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2acd410a6d56473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8fb6568cf24158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f0492657b0f490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e8710ae7994725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459631565d5542b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f0492657b0f490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33cd1f915d04f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e8710ae7994725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>