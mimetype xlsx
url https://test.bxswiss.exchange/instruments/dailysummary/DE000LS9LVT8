--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1f5c142fa64203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f98e15994c4699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b876d2418a4183"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e89d713fe39442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re738c2936e5b44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b876d2418a4183" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2091a9b24249bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e89d713fe39442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.109,476</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>