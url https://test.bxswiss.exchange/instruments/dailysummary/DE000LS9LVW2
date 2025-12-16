--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda01802ae99947d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d7e15343e44733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9697b8abc0844ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40050501797a4364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dce7747e5d248e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9697b8abc0844ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4011199d4cf44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40050501797a4364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,313</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>