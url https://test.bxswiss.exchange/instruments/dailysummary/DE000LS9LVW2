--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d7e15343e44733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39d5aaff0fe48b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40050501797a4364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ec04b984804bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4011199d4cf44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40050501797a4364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bcb75e1ea7644b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ec04b984804bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>