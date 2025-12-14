--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefe40f4e9d040be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dda0b07357347dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0fb329eaa04f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf459ebde183a4e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46bce416553e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0fb329eaa04f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c4e7cde058478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf459ebde183a4e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,334</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,526</x:t>
-[...463 lines deleted...]
-          <x:t>97,050</x:t>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>