--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dda0b07357347dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f256d03c604b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf459ebde183a4e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dce3501388d4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c4e7cde058478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf459ebde183a4e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0df219aa62f41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dce3501388d4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,183</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>