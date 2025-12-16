--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429dee9237d24480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17ee1839ecb42c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1408a943cd6746aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556cb51c58454f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16676ade5dc44644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1408a943cd6746aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c1f9deb0ac4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556cb51c58454f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>269,000</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>