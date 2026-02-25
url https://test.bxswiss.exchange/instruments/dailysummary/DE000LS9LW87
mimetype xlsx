--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17ee1839ecb42c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read0ae416eab4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556cb51c58454f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8595e89288b34f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c1f9deb0ac4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556cb51c58454f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f97bdf56a04f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8595e89288b34f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>