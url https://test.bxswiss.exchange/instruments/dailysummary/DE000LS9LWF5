--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320456710e1e4b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01152fc12f964834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9062ad12b6504b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e46a60332174735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fd014d848142ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9062ad12b6504b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff622b0033a4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e46a60332174735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>250,592</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>272,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>