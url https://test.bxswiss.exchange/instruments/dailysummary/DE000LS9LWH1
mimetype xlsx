--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e8e3565e9244ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c27fed92c9e4a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a5b4ef34b14df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759cabe5a3084564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7db4fd1ef4b4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a5b4ef34b14df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae995cfb001d484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759cabe5a3084564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,564</x:t>
-[...468 lines deleted...]
-          <x:t>121,811</x:t>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>