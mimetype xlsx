--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c27fed92c9e4a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b32c6a6239b4395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759cabe5a3084564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd58e3dd8cc4a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae995cfb001d484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759cabe5a3084564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re539167123c443d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd58e3dd8cc4a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>121,407</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,504</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>121,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>