--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448b3344bf6a420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd5e04dd8ce4ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b5ce131f3114052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4faa666764450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44de7be02764c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b5ce131f3114052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06832ec1cec04bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4faa666764450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>206,683</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>