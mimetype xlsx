--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd5e04dd8ce4ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0c4dd14bac406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4faa666764450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb00d613b2c4e40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06832ec1cec04bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4faa666764450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750cb3561fc54c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb00d613b2c4e40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>