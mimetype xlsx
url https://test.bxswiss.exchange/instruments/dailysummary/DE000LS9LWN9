--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f78c4bac8a42ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626186fce884473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b80732a261e4ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6019baaf3c74729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5347e1267e714b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b80732a261e4ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b2b20eea874456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6019baaf3c74729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,893</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>