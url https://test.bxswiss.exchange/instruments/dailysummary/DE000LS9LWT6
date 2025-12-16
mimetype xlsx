--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0092455608495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5391f593873e4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4da38adaa344abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2cd7ee9dbb4f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207dd688648a4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4da38adaa344abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e069672ddd14182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2cd7ee9dbb4f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>351,483</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>