--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5391f593873e4769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf171f5d1be774273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2cd7ee9dbb4f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe8b76c82544bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e069672ddd14182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2cd7ee9dbb4f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e17961538c497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe8b76c82544bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>