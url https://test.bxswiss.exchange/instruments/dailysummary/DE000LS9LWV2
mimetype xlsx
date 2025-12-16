--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658df500cd8d4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882536c96dbe4122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55231a2ccded4602"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3204ad0a7f694c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91e3fc82f0d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55231a2ccded4602" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf993a93ff31749d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3204ad0a7f694c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpecBuy Strategy A1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>135,023</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,484</x:t>
-[...80 lines deleted...]
-          <x:t>137,220</x:t>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>