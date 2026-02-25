--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882536c96dbe4122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fe3fd67ab1493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3204ad0a7f694c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a5de67fbf34390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf993a93ff31749d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3204ad0a7f694c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fded430ad8043a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a5de67fbf34390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpecBuy Strategy A1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>134,322</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,733</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>132,852</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>