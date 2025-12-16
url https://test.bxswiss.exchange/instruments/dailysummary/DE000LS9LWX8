--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73f8abbc0f95457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05e1c587c204246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a7b0afbb1d4099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26cd0efb99414ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b8e7eeca88432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a7b0afbb1d4099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd901161b805b41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26cd0efb99414ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>202,429</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>