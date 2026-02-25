--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05e1c587c204246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4cd36f502a4c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26cd0efb99414ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600fb3fc81954354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd901161b805b41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26cd0efb99414ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4807eb8d772947f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600fb3fc81954354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>193,896</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>196,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>