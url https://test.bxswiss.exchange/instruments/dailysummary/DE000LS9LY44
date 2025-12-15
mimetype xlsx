--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceabb9ad69c642a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f7a6ff385b44d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03b16bdd2cde4ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b3e48affab54c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a725d3d6b28481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03b16bdd2cde4ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71b89d2471b4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b3e48affab54c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>437,751</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>