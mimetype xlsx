--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df6187b6d214737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5871b7787179467e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7578d963d1114a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4dcf8306f74a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5fb2846eff43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7578d963d1114a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3530168672214cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4dcf8306f74a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,741</x:t>
-[...117 lines deleted...]
-          <x:t>87,699</x:t>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>