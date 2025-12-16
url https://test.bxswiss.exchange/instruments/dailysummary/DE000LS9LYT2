--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59fe0787d324791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a172d5c3c246c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51a7ecf6293243b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e5de527d6d4589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34abadcf605a42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51a7ecf6293243b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c644f688da9452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e5de527d6d4589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>82,638</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,514</x:t>
-[...75 lines deleted...]
-          <x:t>82,370</x:t>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>82,663</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>