--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a172d5c3c246c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac116b4cca5440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e5de527d6d4589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a374237f424506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c644f688da9452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e5de527d6d4589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba73732a21b4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a374237f424506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>82,053</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,921</x:t>
-[...178 lines deleted...]
-          <x:t>82,381</x:t>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,263</x:t>
-[...269 lines deleted...]
-          <x:t>82,454</x:t>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>